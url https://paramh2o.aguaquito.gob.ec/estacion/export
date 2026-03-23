--- v0 (2026-02-04)
+++ v1 (2026-03-23)
@@ -422,51 +422,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:J758"/>
+  <dimension ref="A1:J760"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Código</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Nombre</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Tipo</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
@@ -30893,47 +30893,147 @@
         </is>
       </c>
       <c r="D758" t="inlineStr">
         <is>
           <t>Napo</t>
         </is>
       </c>
       <c r="E758" t="inlineStr"/>
       <c r="F758" t="inlineStr"/>
       <c r="G758" t="inlineStr">
         <is>
           <t>555642.65</t>
         </is>
       </c>
       <c r="H758" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
       <c r="I758" t="n">
         <v>4000</v>
       </c>
       <c r="J758" t="inlineStr">
         <is>
           <t>No operativa</t>
+        </is>
+      </c>
+    </row>
+    <row r="759">
+      <c r="A759" t="inlineStr">
+        <is>
+          <t>H65</t>
+        </is>
+      </c>
+      <c r="B759" t="inlineStr">
+        <is>
+          <t>Guambi</t>
+        </is>
+      </c>
+      <c r="C759" t="inlineStr">
+        <is>
+          <t>Hidrométrica</t>
+        </is>
+      </c>
+      <c r="D759" t="inlineStr">
+        <is>
+          <t>Pichincha</t>
+        </is>
+      </c>
+      <c r="E759" t="inlineStr">
+        <is>
+          <t>Menores</t>
+        </is>
+      </c>
+      <c r="F759" t="inlineStr">
+        <is>
+          <t>Guayllabamba Alto</t>
+        </is>
+      </c>
+      <c r="G759" t="inlineStr">
+        <is>
+          <t>529291.94</t>
+        </is>
+      </c>
+      <c r="H759" t="inlineStr">
+        <is>
+          <t>9973110.13</t>
+        </is>
+      </c>
+      <c r="I759" t="n">
+        <v>3760</v>
+      </c>
+      <c r="J759" t="inlineStr">
+        <is>
+          <t>Operativa</t>
+        </is>
+      </c>
+    </row>
+    <row r="760">
+      <c r="A760" t="inlineStr">
+        <is>
+          <t>P80</t>
+        </is>
+      </c>
+      <c r="B760" t="inlineStr">
+        <is>
+          <t>Guambi</t>
+        </is>
+      </c>
+      <c r="C760" t="inlineStr">
+        <is>
+          <t>Pluviométrica</t>
+        </is>
+      </c>
+      <c r="D760" t="inlineStr">
+        <is>
+          <t>Pichincha</t>
+        </is>
+      </c>
+      <c r="E760" t="inlineStr">
+        <is>
+          <t>Menores</t>
+        </is>
+      </c>
+      <c r="F760" t="inlineStr">
+        <is>
+          <t>Guayllabamba Alto</t>
+        </is>
+      </c>
+      <c r="G760" t="inlineStr">
+        <is>
+          <t>529291.94</t>
+        </is>
+      </c>
+      <c r="H760" t="inlineStr">
+        <is>
+          <t>9973110.13</t>
+        </is>
+      </c>
+      <c r="I760" t="n">
+        <v>3760</v>
+      </c>
+      <c r="J760" t="inlineStr">
+        <is>
+          <t>Operativa</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>